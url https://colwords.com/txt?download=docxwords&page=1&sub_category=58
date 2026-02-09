--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -498,282 +498,282 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>migrant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>mortal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>pander</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pauper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>penniless</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>plead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pushover</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>relent</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>scapegoat</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>scapegoat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>scrounge</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>shorthanded</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>subservient</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>underling</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>victim</w:t>
-            </w:r>
-[...17 lines deleted...]
-              <w:t>vulnerable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>vulnerable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>