--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -93,88 +93,88 @@
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>arduous</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>awash</w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>awkward</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>bleary</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>bothersome</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>bristle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -269,352 +269,352 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>cramped</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>desperation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>disconcerting</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fatigue</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fidget</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>finicky</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>frustrating</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>gasp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grimace</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grimace</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hangover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>harried</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hiccup</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...34 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>jarring</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>lapse</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>leery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>lug</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>queasy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>restless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>schlep</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>