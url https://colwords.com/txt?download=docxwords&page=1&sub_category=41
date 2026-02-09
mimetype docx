--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -40,85 +40,85 @@
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>aesthetic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>awesome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>bangle</w:t>
-            </w:r>
-[...15 lines deleted...]
-              <w:t>bauble</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>breathtaking</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>