--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,1320 +7,1320 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Other Inward(70 words)</w:t>
+        <w:t>Other Inward(71 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>arrogant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>austere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>bashful</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>blush</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>blush</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>boast</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>brag</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>cagey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>capricious</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>chintzy</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>complacent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>compulsion</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>compulsive</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>dainty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>diversion</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ego</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>essence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fickle</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fixation</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fussy</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>greedy</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hallucinate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hint</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hoard</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hubris</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hypothetical</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>inhibitions</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>innate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>insular</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ironic</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>morale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>personna</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>picky</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>prance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>preen</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pretentious</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>prim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>primal</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>primp</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>prissy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>prude</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>putter</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>quaint</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>reclusive</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>reminisce</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>repent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>repressed</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>retrospect</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>sentimental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>shame</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>smug</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>snob</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>sobering</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>stilted</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>stingy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>stringent</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>strut</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>stubborn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>swagger</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>swagger</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>taciturn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>twiddle</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>unassuming</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>unrepentant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>uppity</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>vain</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>vanity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>vibes</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>virtual</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>visceral</w:t>
-            </w:r>
-[...15 lines deleted...]
-              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>