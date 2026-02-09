--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Flexible(52 words)</w:t>
+        <w:t>Good Flexible(53 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -74,935 +74,935 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>agile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>apologetic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>blend</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>camouflage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>compatible</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>compliant</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>confess</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>conformist</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>consensus</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>deft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>digression</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>diverse</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>diversify</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>diversity</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>feasible</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fend</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>flex</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>flex</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grapple</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hybrid</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>improvise</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>intermediary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>juggle</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>limber</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>manageable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>maneuver</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>medley</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>migrate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>multitasking</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>nimble</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>optimize</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>orchestrate</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plausible</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pliable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>reimburse</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>serendipity</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>spectrum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>speculate</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>spontaneous</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>spry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>stopgap</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>straddle</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>streamline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>supple</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>swap</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>swivel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>synergy</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>toggle</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>tolerate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>tossup</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>undercover</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>variety</w:t>
-            </w:r>
-[...15 lines deleted...]
-              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>