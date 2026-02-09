--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -517,51 +517,51 @@
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>gargantuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Global</w:t>
+              <w:t>global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>glut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>