--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,117 +7,117 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Aggressive(69 words)</w:t>
+        <w:t>Bad Aggressive(72 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>aggressive</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>allege</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>arrogant</w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>audacity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>autocratic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -216,71 +216,71 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>confiscate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>conflict</w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>crackdown</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>cunning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>cutthroat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -322,651 +322,704 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>domineering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>entrap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>eradicate</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>expose</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>expunge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fangs</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ferocious</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>forbid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>frisk</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grab</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hamper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>headstrong</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>henchman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>impinge</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>impose</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>imposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>impudent</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>inflammatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>instigate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>interrogate</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>invasive</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>meddle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>muzzle</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>muzzle</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>nab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>oppress</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>oppressive</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>oust</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>overwhelm</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pester</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>preempt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>prowl</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>purge</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>purge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pushy</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>quash</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>relentless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>rowdy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>savage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>scrappy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>