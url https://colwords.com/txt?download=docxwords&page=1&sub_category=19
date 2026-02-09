--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,1001 +7,948 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Unhappy(77 words)</w:t>
+        <w:t>Bad Unhappy(72 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>apologetic</w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>bawl</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>bereft</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>chagrin</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>crabby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>cranky</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>crestfallen</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>crybaby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>despair</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>despondent</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>disgruntled</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>dismay</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>distress</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>doldrums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>dour</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>dumps</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>forlorn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>fret</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>frown</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>frown</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>funk</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>gloom</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>gloomy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>glum</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grief</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grieve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>gripe</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>gripe</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>groan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>groan</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grouch</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grouchy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grumble</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>grumpy</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>heartbroken</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>homesick</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>inconsolable</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>jitters</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>lament</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>loner</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>melancholy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>miffed</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>miserable</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>misery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>moan</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>moan</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>moody</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>mope</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>morose</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>peeve</w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t>petulant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>pout</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
@@ -1011,422 +958,369 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>remorse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>retreat</w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>sniveling</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>sob</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>sob</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>somber</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>sorrow</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>sourpuss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>sulk</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>sullen</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...15 lines deleted...]
-        </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>troubling</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>wail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>wail</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>wallow</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>weep</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>whimper</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>whimper</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>wistful</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>yelp</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>yelp</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>yowl</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>yowl</w:t>
-            </w:r>
-[...15 lines deleted...]
-              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>