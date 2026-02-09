--- v0 (2025-12-13)
+++ v1 (2026-02-09)
@@ -7,110 +7,146 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Important(25 words)</w:t>
+        <w:t>Good Important(28 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bigwig </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A VIP (very important person) or influential decision-maker, often used informally.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>caliber </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The quality or standard of someone's ability or character.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>centrality </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - The state of being central in location or focus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>comprehensive </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Complete; including all or nearly all elements or aspects of something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>crucial </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Of central and extreme importance</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>crux </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A vital or decisive point that determines the outcome.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>epitome </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Highest example of a certain quality</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>extraordinary </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Very unusual, exceptional or remarkable.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>indispensable </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Impossible to replace or substitute due to its significance.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>landmark </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Characterized by an event, discovery, or change that marks an important turning point in events.</w:t>
       </w:r>