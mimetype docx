--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,110 +7,122 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Boring(15 words)</w:t>
+        <w:t>Bad Boring(16 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bland </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking strong features or characteristics and therefore uninteresting</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>chore </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An unpleasant and boring task, but one that needs to be done.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>cliché </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An overused phrase or expression that has lost its originality or impact.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>cliché </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>drab </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking brightness or interest; drearily dull</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>dreary </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Dull, bleak, and lifeless; depressing</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>drudgery </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - Hard, menial, or dull work</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hackneyed </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - (of a phrase or idea) lacking significance through having been overused; unoriginal and trite</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>humdrum </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Activity, work or routine that is boring, monotonous or unexciting.</w:t>
       </w:r>