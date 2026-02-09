--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Crazy(25 words)</w:t>
+        <w:t>Bad Crazy(26 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>batty </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Mad and slightly crazy, usually in a humorous way</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>berserk </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - To behave in a wild and uncontrolled way as a result of something unexpected happening.</w:t>
       </w:r>
     </w:p>
@@ -151,50 +151,62 @@
         <w:t> (adjective) - In a disturbed state of mind, often due to illness or fever, leading to confusion and hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>delusional </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Seeing or believing things that are not real</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>deranged </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Behaving in an uncontrolled or dangerous way because of mental illness</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>disruptive </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Causing problems or preventing something from continuing smoothly.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hysterical </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having uncontrolled extreme emotion</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>kooky </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Strange and different, in a funny way</w:t>
       </w:r>