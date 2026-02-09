--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Other Fast(40 words)</w:t>
+        <w:t>Other Fast(39 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bolt </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make a sudden, swift dash, run, flight, or escape; spring away suddenly</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>breakneck </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Extremely risky or likely to cause harm due to speed or pressure.</w:t>
       </w:r>
     </w:p>
@@ -103,62 +103,50 @@
         <w:t> (noun) - An act of running somewhere suddenly and hastily</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>elude </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To escape from or avoid someone or something, especially in a clever or skillful way.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ephemeral </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lasting for a very short time brief.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (adjective) - Lasting for a very short time</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>expedite </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To complete or process something quickly and efficiently.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>flashback </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A sudden, vivid memory of a past event, often triggered by something in the present. Often used in films and books.</w:t>
       </w:r>