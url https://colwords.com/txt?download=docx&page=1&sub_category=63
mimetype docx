--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Hostile(73 words)</w:t>
+        <w:t>Bad Hostile(74 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>abandon </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To leave someone or something behind permanently or without intending to return.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>adversary </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An enemy or opponent</w:t>
       </w:r>
     </w:p>
@@ -246,71 +246,71 @@
       <w:r>
         <w:t> (adjective) - Showing that one doesn't think a person or thing is important or worth considering</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>divisive </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Causing disagreement or hostility between people, tending to disrupt unity or harmony.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>feud </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A prolonged and bitter quarrel or dispute</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>feud </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Take part in a prolonged quarrel or conflict</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>feud </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>flaunt </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To treat or behave in a way that shows disregard for rules or norms</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fractious </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - (of a group or organization) difficult to control; unruly</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>haggle </w:t>
@@ -351,50 +351,62 @@
         </w:rPr>
         <w:t>hostile </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - To be unfriendly towards someone you see as an enemy</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>infuriating </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Making one extremely angry and impatient; very annoying</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>injustice </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A situation in which the rights of a person or a group are ignored, and they are treated unfairly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>intimidate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To frighten or threaten someone, often to make them do something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>intolerant </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Refusing to allow others to do or believe things that you don't agree with.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>irreconcilable </w:t>
@@ -582,71 +594,71 @@
       <w:r>
         <w:t> (noun) - Harm done to someone in return for harm being done in the past</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>revoke </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To officially take back or annul something, such as a decision, permission, or privilege.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ridicule </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - The subjection of someone or something to contemptuous and dismissive language or behavior</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ridicule </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - To subject (someone or something) to contemptuous and dismissive language or behavior</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>ridicule </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>sarcastic </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Describing a tone or remark that is intended to mock, criticize, or convey disdain in a humorous or cutting manner.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scathing </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Witheringly scornful; severely critical</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scoff </w:t>
@@ -702,63 +714,63 @@
       <w:r>
         <w:t> (verb) - To persistently avoid, ignore, or reject (someone or something) through antipathy or caution</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sinister </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - The intention to do secret actions that are meant to do harm</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>slander </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A false spoken statement about someone that damages their reputation</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>slander </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - To make a false spoken statement about someone that damages their reputation</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (noun) - A false spoken statement about someone that damages their reputation</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>slur </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An insinuation or allegation about someone that is likely to insult them or damage their reputation</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>snarl </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - (of an animal such as a dog) make an aggressive growl with bared teeth</w:t>
       </w:r>