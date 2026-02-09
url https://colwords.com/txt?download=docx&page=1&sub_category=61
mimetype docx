--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Energy(51 words)</w:t>
+        <w:t>Good Energy(52 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>alacrity </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Lively and enthusiastic action or attitude.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ambitious </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having a strong desire to succeed or achieve something, and showing determination and eagerness to reach goals.</w:t>
       </w:r>
     </w:p>
@@ -231,171 +231,183 @@
         </w:rPr>
         <w:t>empower </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make someone feel stronger and more confident, especially in controlling their life.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>energized </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Full of energy and enthusiasm, feeling ready to accomplish something big</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>enthusiastic </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Feeling or showing a great deal of excitement and interest about somebody or something.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>feisty </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lively, aggressive, determined, courageous, animated, energetic, and spirited</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>flourish </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - To grow or develop in a healthy or vigorous way, especially as the result of a particularly favorable environment</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>flourish </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A bold or extravagant gesture or action, made especially to attract the attention of others</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>flourish </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>galvanize </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To stimulate or energize a group or movement to act in unison.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>intensity </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Great energy, strength, and concentration involving an activity, thought, or feeling.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>invigorating </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Making one feel strong, healthy, and full of energy</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>marathon </w:t>
       </w:r>
       <w:r>
+        <w:t> (adjective) - Referring to an activity that takes a long time and a great deal of effort</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>marathon </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - Any long and challenging activity, especially one that tests endurance.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>marathon </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>mischievous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Playfully causing trouble or annoyance, often in a fun or harmless way.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>motivated </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Very enthusiastic or determined to accomplish something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Motto </w:t>
+        <w:t>motto </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A short sentence or phrase that expresses the aims and beliefs of a person, a group, or institution.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>mystical </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Inspiring a sense of spiritual mystery, awe, and fascination.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>mystique </w:t>
       </w:r>