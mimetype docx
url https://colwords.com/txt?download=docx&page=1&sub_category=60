--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Smart Adj(43 words)</w:t>
+        <w:t>Good Smart Adj(45 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>adept </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Highly skilled or proficient at something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>alert </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Awake, watchful, and paying close attention.</w:t>
       </w:r>
     </w:p>
@@ -399,50 +399,62 @@
         </w:rPr>
         <w:t>profound </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Regarding an idea as being full of deep meaning</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>prudent </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Careful and using good judgement.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>punctual </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - On time; arriving or happening at exactly the time that has been arranged.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>savvy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Shrewd and knowledgeable; having common sense and good judgment</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>shrewd </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having or showing sharp powers of judgment; astute</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>skeptical </w:t>
@@ -523,31 +535,43 @@
         <w:t> (adjective) - Being good at expressing ideas and feelings with words.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>versatile </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Capable of doing many things well; multi-talented</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vigilant </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Watchful and quick to notice things, especially for protection or safety</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>witty </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Using words in a clever and funny way.</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>