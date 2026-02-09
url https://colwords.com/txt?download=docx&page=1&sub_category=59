--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,94 +7,94 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad War(56 words)</w:t>
+        <w:t>Bad War(58 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>abduct </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To seize and take someone away against their will, by force; to kidnap.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ambush </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A surprise attack by people lying in wait in a concealed position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ambush </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - To suddenly attack someone after hiding and waiting for them:</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>ambush </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>annihilate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To totally destroy</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>apocalypse </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A dramatic event resulting in great destruction and change</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>arsenal </w:t>
@@ -123,50 +123,62 @@
         </w:rPr>
         <w:t>barbaric </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Extremely cruel</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>barrage </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A continuous attack over a long period of time</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>battleground </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A location or situation wher people are fighting against each other.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>bestial </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Savage, brutal, or cruel in nature or behavior; relating to or resembling beasts; animal-like.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>betray </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To expose (one's country, a group, or a person) to danger by treacherously giving information to an enemy</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blitz </w:t>
@@ -295,50 +307,62 @@
         <w:t> (noun) - A group of vehicles travelling together, usually for military purposes.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>coup </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A sudden, violent, and unlawful seizure of power; or a clever and successful achievement.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>enslave </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To control someone completely, limiting their freedom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>flareup </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A sudden outburst or intensification of something, especially violence or emotion.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fortress </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A large, strong building or group of buildings that can be defended from attack</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>havoc </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Widespread destruction</w:t>
       </w:r>