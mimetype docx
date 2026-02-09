--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -327,101 +327,113 @@
         </w:rPr>
         <w:t>meek </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Quiet, gentle, and easily imposed on; submissive</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>migrant </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person that travels to a different country or place, often in order to find work.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>mortal </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Unable to continue living for ever.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>pander </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To provide what someone wants or demands even though it is not proper, good, or reasonable.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pauper </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A very poor person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>penniless </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Having no money at all; completely broke.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>plead </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make an emotional appeal</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pushover </w:t>
       </w:r>
       <w:r>
-        <w:t> (noun) - Someone who is easily persuaded or defeated</w:t>
-[...10 lines deleted...]
-      <w:r>
         <w:t> (noun) - Someone who lacks the ability or inclination to resist, stand firm, or assert themselves.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>relent </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To surrender or agree after resisting or opposing, often due to persuasion, pressure, or changing circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scapegoat </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person or group who is unfairly blamed for the problems, mistakes, or wrongdoings of others.</w:t>
@@ -475,62 +487,50 @@
         <w:t> (adjective) - Willing to obey others unquestioningly; submissive.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>underling </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person with a lower rank or status</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>victim </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is negatively affected by a situation or condition</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (adjective) - Leaving oneself open to being hurt</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vulnerable </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Open to physical or emotional harm or attack, not protected.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>weary </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Feeling or showing tiredness, especially as a result of excessive exertion or lack of sleep</w:t>
       </w:r>