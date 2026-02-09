--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Dislike(23 words)</w:t>
+        <w:t>Bad Dislike(22 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>abhor </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To hate something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>acrimony </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Showing feelings of anger and bitterness.</w:t>
       </w:r>
     </w:p>
@@ -87,150 +87,138 @@
         </w:rPr>
         <w:t>contempt </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A strong feeling of dislike or disrespect toward someone or something considered unworthy.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>cringe </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To contract one's face or body due to  a feeling of disgust or embarrassment</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>cynical </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Mocking or scornful in a way that shows disbelief or contempt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>deplore </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To feel or express strong disapproval of (something)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>derogatory </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Showing strong disapproval and not showing respect</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>despise </w:t>
       </w:r>
       <w:r>
-        <w:t> (verb) - To feel a strong dislike for someone or something</w:t>
+        <w:t> (verb) - To feel intense dislike or contempt for someone or something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>discord </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Lack of harmony in opinions, actions, or relationships.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>disdain </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The feeling that someone or something is unworthy of one's consideration or respect; contempt</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>disgust </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - A strong feeling of dislike or revulsion.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>disruptive </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>expel </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To force someone to leave a place, especially a certain institution or country, removing them from a group or organization.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (noun) - A sudden outburst or intensification of something, especially violence or emotion.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loathe </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To feel intense dislike or disgust for someone or something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>repudiate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To refuse to accept that something is valid.</w:t>
       </w:r>