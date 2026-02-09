--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Delay(29 words)</w:t>
+        <w:t>Bad Delay(31 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>backlog </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A quantity of work that should have been done already, but has not yet been done</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>balk </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To hesitate or be unwilling to continue with an idea or action.</w:t>
       </w:r>
     </w:p>
@@ -102,62 +102,50 @@
       <w:r>
         <w:t> (verb) - To reduce the tension or danger in a difficult situation.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dillydally </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To waste time through aimless wandering or indecision</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>evade </w:t>
       </w:r>
       <w:r>
-        <w:t> (verb) - To escape or avoid something, especially by cleverness or trickery.</w:t>
-[...10 lines deleted...]
-      <w:r>
         <w:t> (verb) - To avoid or escape from someone or something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hinder </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To create difficulties for someone or something that results in a delay.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hurdle </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - a problem that you must solve or deal with before you can make progress.</w:t>
@@ -231,62 +219,86 @@
         </w:rPr>
         <w:t>linger </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To stay in a place longer than necessary, typically because of a reluctance to leave</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>logjam </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A situation where progress is halted due to a buildup of problems, delays, or obstacles.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>obstacle </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - Something that blocks your way so that movement or progress is prevented or made more difficult.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>obstinate </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Stubbornly refusing to change one's behavior or ideas</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>procrastinate </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To keep delaying something that must be done, often because it is unpleasant or boring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>reluctant </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Not willing to do something and therefore slow to do it</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>restrain </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To physically or metaphorically prevent someone or something from moving, acting, or progressing.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>restraint </w:t>
@@ -331,50 +343,62 @@
         <w:t> (noun) - Reluctance to work or make an effort; laziness</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>stagnant </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Showing no activity; dull and sluggish</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>stagnate </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Cease developing; become inactive or dull</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>standstill </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A halt in activity, usually temporary but total.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>straggler </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person or animal that is last in a group to do something or the last to get to or leave a place</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>stranded </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Unable to leave somewhere because of a problem such as not having any transportation or money</w:t>
       </w:r>