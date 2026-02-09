--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -306,51 +306,51 @@
       <w:r>
         <w:t> (verb) - Shine with a bright, shimmering, reflected light</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>glossy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Shiny and smooth</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>glow </w:t>
       </w:r>
       <w:r>
-        <w:t> (noun) - To shine with a bright or radiant light, often from heat or warmth.</w:t>
+        <w:t> (verb) - To shine with a bright or radiant light, often from heat or warmth.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>glow </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A warm or radiant appearance, often referring to a person's healthy or vibrant complexion.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>halo </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A circular band of light or radiance around a luminous body, often seen in artistic depictions of saints or angels.</w:t>
       </w:r>