--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,86 +7,86 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Other Shape(76 words)</w:t>
+        <w:t>Other Shape(74 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>amorphous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking a clear shape or form.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bend </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The part of something that is curved, such as a pipe or a road.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bend </w:t>
       </w:r>
       <w:r>
-        <w:t> (noun) - To shape something that is straight into a curve or angle; or to move your body so that it is no longer upright or straight.</w:t>
+        <w:t> (verb) - To shape something that is straight into a curve or angle; or to move your body so that it is no longer upright or straight.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blob </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A fat, round drop, usually of something sticky or thick</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blur </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - When something is out of focus, indistinct, or obscured in a smudge or mist.</w:t>
       </w:r>
@@ -114,95 +114,83 @@
       <w:r>
         <w:t> (noun) - An extreme edge of land before a steep or vertical slope</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>buffer </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person or thing that reduces shock or impact.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bulge </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A rounded swelling or protuberance that distorts a flat surface</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>bulge </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Swell or expand to an unnatural extent</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>bulge </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>bump </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A small raised area on a surface or the body, often from an injury or irregularity.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>centrality </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>chasm </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A wide difference in opinions, interests, or feelings between people or groups, or an actual deep split or gap in the earth.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>chunk </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A thick, solid piece of something, usually broken off or cut.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>clod </w:t>
@@ -231,62 +219,50 @@
         </w:rPr>
         <w:t>cluster </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To stand or be positioned close together in a group.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>cluster </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A group of similar things or people positioned closely together.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>cockeyed </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>contiguous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Things that are next to each other along a common border.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>contorted </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Twisted or bent out of the normal shape.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>contour </w:t>
@@ -303,78 +279,78 @@
         </w:rPr>
         <w:t>crag </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A steep or rugged cliff or rock face</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>crater </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A large, round hole in the ground caused by an explosion or impact (like a meteorite).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>crevice </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A narrow opening in a rock or a wall resulting from a split or crack.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>crisp </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Firm and dry (food); cool and fresh (weather)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>crust </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A hard or brittle outer layer or coating on something</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (noun) - A vital or decisive point that determines the outcome.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dent </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A slight hollow or depression in a surface, typically caused by impact or pressure.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dent </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make a slight hollow or depression in a surface by impact or pressure.</w:t>
       </w:r>