--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Bad(69 words)</w:t>
+        <w:t>Bad Bad(68 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>abysmal </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - A deplorable, poor or inferior state.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>adversity </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A difficult situation or time in one's life</w:t>
       </w:r>
     </w:p>
@@ -183,50 +183,62 @@
         </w:rPr>
         <w:t>cruddy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Covered, encrusted, or saturated with dirt, grease, or other objectionable substance; filthy; It can also describe someone feeling unwell or unhappy.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>crummy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Dirty, unpleasant, or of poor quality</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>culpable </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Deserving to be blamed or considered responsible and guilty for something bad that happened.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>debacle </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A sudden and ignominious failure; a fiasco</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>debris </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Broken or torn pieces of something larger</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>depraved </w:t>
@@ -295,74 +307,50 @@
         <w:t> (verb) - To make people stop respecting you by doing something very bad</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dismal </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Depressing; dreary</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dreadful </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Very bad or unpleasant</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t> (noun) - Hard, menial, or dull work</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>futile </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Incapable of producing any useful result; pointless</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ghastly </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Causing great horror or fear; frightful or macabre</w:t>
       </w:r>