--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Confused(44 words)</w:t>
+        <w:t>Bad Confused(45 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ambiguous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Something whose meaning is unclear, because it can be understood in several ways</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>amnesia </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A total or partial loss of memory</w:t>
       </w:r>
     </w:p>
@@ -486,80 +486,92 @@
       <w:r>
         <w:t> (adjective) - Being confused and disorientd because of a sudden alarming and frightening experience.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>speechless </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Unable to speak or express oneself, typically due to strong emotions such as surprise, shock, or awe.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>stupefy </w:t>
       </w:r>
       <w:r>
-        <w:t> (verb) - To surprise, tire, bore, or shock somebody, resulting in their being unable to think clearly.</w:t>
+        <w:t> (verb) - To shock or surprise you so much that you cannot think properly for a while..</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>thunderstruck </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Extremely surprised or shocked, often speechless due to astonishment.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>traumatized </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Being severely shocked, disturbed, and upset in a way that causes lasting emotional pain.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vague </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Not clear</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vertigo </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A feeling of being off-balance, dizzy, and spinning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>woozy </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Unsteady, dizzy, or dazed</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>