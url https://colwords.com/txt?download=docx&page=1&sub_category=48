--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,118 +7,118 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Dirty(26 words)</w:t>
+        <w:t>Bad Dirty(27 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bawdy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lewd, coarse, and obscene, but in a humorous way.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bedraggled </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Giving an appearance of being messy, untidy, and neglected.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blemish </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A mark or flaw which spoils the appearance of something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blot </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - To stain with a discoloring substance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>blot </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A stain that discolors or ruins the apperance of something. </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>blot </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>blotch </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An irregular patch or unsightly mark on a surface, typically the skin</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>clutter </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A collection of things lying about in an untidy mass</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fumes </w:t>
@@ -195,50 +195,74 @@
         </w:rPr>
         <w:t>raunchy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Earthy, vulgar, and often sexually explicit</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>risqué </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Somewhat indecent and liable to shock, especially by being sexually suggestive.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>rubble </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - Waste or rough fragments of stone, brick, concrete, etc., especially as the debris from the demolition of buildings</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>scruffy </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Shabby and untidy or dirty</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>scuff </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To scrape or brush the surface of something such as a shoe or other object, against something else.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>shabby </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - In poor condition through long or hard use or lack of care</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>singe </w:t>
@@ -295,55 +319,43 @@
         <w:t> (noun) - A long, thin line or mark of a different substance or color from its surroundings</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>tarnish </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cause a metal to lose its shine, especially as a result of exposure to air or moisture</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>tawdry </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Showy but cheap and of poor quality</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (adjective) - Having an appearance that is disorganized and dirty</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>unkempt </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Messy or untidy in appearance, especially referring to hair or clothing, giving a neglected impression.</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>