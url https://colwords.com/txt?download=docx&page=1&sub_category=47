--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -51,86 +51,86 @@
         </w:rPr>
         <w:t>aggravating </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Causing annoyance, irritation, and frustraton by repeated annoying behavior.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>arduous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Physically or mentally challenging and difficult.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>awash </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>awkward </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking grace or ease in movement or behavior, especially in social situations.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bleary </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - When eyes are unfocused or filmy from tiredness and lack of sleep.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>bothersome </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Causing irritation or annoyance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>bristle </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - (of hair or fur) To stand upright away from the skin, especially in anger or fear</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bumpy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Unstable or rough, especially describing a ride or journey.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>burden </w:t>
@@ -171,50 +171,62 @@
         </w:rPr>
         <w:t>colicky </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having severe abdominal pain, often caused by spasm, obstruction, or distention of any of the hollow viscera, such as the intestines</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>cramped </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking space; uncomfortably small or tight, restricted in movement due to limited space.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>desperation </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - A strong feeling of fear and loss of hope.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>disconcerting </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Making someone feel uncertain, uncomfortable or worried</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fatigue </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Extreme tiredness, typically resulting from mental or physical exertion or illness</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fidget </w:t>
@@ -294,83 +306,59 @@
       <w:r>
         <w:t> (noun) - A set of unpleasant physical effects following heavy alcohol consumption, such as headache, nausea, and fatigue.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>harried </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - To be busy and annoyed by the demands of others</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hiccup </w:t>
       </w:r>
       <w:r>
-        <w:t> (verb) - To experience or make the involuntary sound caused by a spasm of the diaphragm.</w:t>
-[...10 lines deleted...]
-      <w:r>
         <w:t> (noun) - An involuntary spasm of the diaphragm, resulting in a sudden, brief sound caused by a quick intake of air, often followed by a noticeable "hic" sound.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>hideout </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>jarring </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Causing a sudden, unpleasant, or shocking effect.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>lapse </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A temporary pause, omission, or failure</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>leery </w:t>
@@ -379,50 +367,62 @@
         <w:t> (adjective) - Cautious or wary due to realistic suspicions</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>lug </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To carry or drag a heavy or bulky object slowly with great effort.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>queasy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Feeling nervous, uneasy, or anxious.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>restless </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Unwilling or unable to stay still or to be quiet and calm, because of worry or boredome.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>schlep </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To haul or carry something heavy, often in an way that is awkward and takes a lot of energy.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>skittish </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - (of an animal, especially of a horse) excitable or easily scared</w:t>
       </w:r>