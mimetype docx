--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Other Move(77 words)</w:t>
+        <w:t>Other Move(78 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bandy </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To mention something a lot, usually without taking care or thinking too much about what is being said</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>breeze </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To move easily or confidently through a situation.</w:t>
       </w:r>
     </w:p>
@@ -507,50 +507,62 @@
         </w:rPr>
         <w:t>revert </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To go back to a previous behavior, situation, or form after a period of change.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ruffle </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - to move or lift something so that it is no longer smooth; to disorder something, typically by running one's hands through it</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>segue </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To move without stopping from one activity, topic, song, etc., to another.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>shred </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To tear or cut into shreds</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sift </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To put a fine, loose, or powdery substance through a sieve so as to remove lumps or large particles</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>skim </w:t>
@@ -558,71 +570,71 @@
       <w:r>
         <w:t> (verb) - To remove a substance from the surface of a liquid</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>slither </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To move smoothly over a surface with a twisting or oscillating motion</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>smear </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Coat or mark (something) messily or carelessly with a greasy or sticky substance</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>smear </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A mark or streak of a greasy or sticky substance</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>smear </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>spin </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To turn around quickly on a central point or axis.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>squiggle </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make small movements, to wriggle or squirm</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>squiggle </w:t>
@@ -666,63 +678,63 @@
       <w:r>
         <w:t> (noun) - A quantity of something moving in a swirl</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>swirl </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Move in a twisting or spiraling pattern</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>swish </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Move with a hissing or rushing sound</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>swish </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A hissing or rustling sound</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (verb) - Move with a hissing or rushing sound</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>swoon </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An occurrence of fainting</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>thrust </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A sudden or violent lunge with a pointed weapon or a bodily part</w:t>
       </w:r>