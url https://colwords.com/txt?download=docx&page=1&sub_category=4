--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Attack(70 words)</w:t>
+        <w:t>Bad Attack(71 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>abusive </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Being harsh or violent to another person, verbally or physically.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>afflict </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cause pain, suffering, or trouble.</w:t>
       </w:r>
     </w:p>
@@ -123,50 +123,62 @@
         </w:rPr>
         <w:t>brainwash </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To change someone’s thoughts or opinions through constant influence.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>clash </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To meet and come into violent conflict</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>conflict </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A serious disagreement or argument, often a prolonged one.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>cruel </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Causing physical or mental pain</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>debilitating </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Something that makes someone weak</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>debunk </w:t>
@@ -486,71 +498,71 @@
       <w:r>
         <w:t> (verb) - To crush something into a powder or very small pieces.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>puncture </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To burst or break through something, often suddenly and forcefully.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>rampage </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A period of violent and uncontrollable behavior, typically involving a large group of people</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>rampage </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - (especially of a large group of people) rush around in a violent and uncontrollable manner</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>rampage </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>ransack </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To go quickly through a place stealing things and causing damage.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ravage </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cause severe and extensive damage to something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>retaliate </w:t>
@@ -606,63 +618,63 @@
       <w:r>
         <w:t> (adjective) - To treat something holy or important without respect.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scorch </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To burn the surface of something with flame or heat</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>smash </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Violently break (something) into pieces</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>smash </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - An act or sound of something smashing</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (verb) - Violently break (something) into pieces</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>snare </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - A device, trap, or scheme for capturing another by surprise</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sniper </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A skilled military shooter detailed to spot and pick off enemy soldiers from a concealed place</w:t>
       </w:r>