--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,53 +7,65 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Other Wet(60 words)</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>Other Wet(59 words)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>blizzard </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - a severe snow storm with strong winds</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>damp </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Slightly wet</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>daub </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To coat or smear (a surface) with a thick or sticky substance in a carelessly rough or liberal way</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
@@ -390,71 +402,71 @@
       <w:r>
         <w:t> (verb) - To drink liquid so that you stop being thirsty</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>residue </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Refers to the small amount of something that remains after most has been removed, consumed, or used up.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ripple </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A small wave resulting in water from displacement or movement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ripple </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Form  or flow with undulating waves on the water's surface.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>ripple </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>seep </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - For a liquid to flow or leak slowly through porous material or small holes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>slippery </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Difficult to hold or stand on because of being smooth, wet, or greasy.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>slosh </w:t>
@@ -546,143 +558,119 @@
       <w:r>
         <w:t> (noun) - A sound made by something striking or falling into liquid</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>splatter </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - When a sticky liquid splashes and scatters.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sprinkle </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A small quantity or amount of something scattered over an object or surface</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>sprinkle </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Scatter or pour small drops or particles of a substance over (an object or surface)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>sprinkle </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>spurt </w:t>
       </w:r>
       <w:r>
-        <w:t> (verb) - To gush out in a sudden and forceful stream</w:t>
+        <w:t> (verb) - To flow out suddenly and forcefully, often in a stream.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>spurt </w:t>
       </w:r>
       <w:r>
-        <w:t> (verb) - To flow out suddenly and forcefully, often in a stream.</w:t>
-[...23 lines deleted...]
-        <w:t> (noun) - A sudden gushing stream</w:t>
+        <w:t> (noun) - A sudden and forceful gush of water.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>squirt </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A thin stream or small quantity of liquid ejected from something</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>squirt </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Cause (a liquid) to be ejected from a small opening in something in a thin, fast stream or jet</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>squirt </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>submerge </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To put or sink completely underwater: To cause something to go below the surface of a liquid.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>swig </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A quick swallow of a drink</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>thaw </w:t>
@@ -702,56 +690,56 @@
       <w:r>
         <w:t> (verb) - (of ice, snow, or another frozen substance, such as food) become liquid or soft as a result of warming.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>torrent </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A strong and fast-moving stream of water or other liquid</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>trickle </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A small flow of liquid</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>trickle </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - (of a liquid) flow in a small stream</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (noun) - A small flow of liquid</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wade </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To walk through water or another liquid or soft substance</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>