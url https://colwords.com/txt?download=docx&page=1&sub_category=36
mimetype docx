--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Strong(68 words)</w:t>
+        <w:t>Good Strong(69 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>acute </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Very sharp and intense.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>adamant </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Firm and unshakable in attitude or belief, even when questioned by others.</w:t>
       </w:r>
     </w:p>
@@ -162,51 +162,51 @@
       <w:r>
         <w:t> (adjective) - Having or expressing a sense of pride and self-respect.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dignity </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A sense of pride in oneself; self-respect.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>durable </w:t>
       </w:r>
       <w:r>
-        <w:t> (adjective) - To be strong and last a long time in spite of challenging use</w:t>
+        <w:t> (adjective) - Able to last for a long time without breaking or getting weaker.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>emphatic </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Communicating something strongly and clearly, without any possibility for doubt</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>enforce </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make sure laws, rules, or regulations are obeyed.</w:t>
       </w:r>
@@ -823,31 +823,43 @@
         <w:t> (adjective) - Without suffering any injury, damage, or harm</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>viable </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Able to survive or live under specific conditions; also feasible or practical to implement</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vigil </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Staying awake, aware, and watchful at times when it's more usual to sleep.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>withstand </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To remain firm in endurance or opposition.</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>