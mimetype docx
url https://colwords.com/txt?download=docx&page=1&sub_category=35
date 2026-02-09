--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -7,118 +7,118 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Smart(61 words)</w:t>
+        <w:t>Good Smart(62 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>agenda </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A list or outline of things to be considered or done</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bargain </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To try to reach an agreement through discussion and compromise.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bargain </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - a thing bought or offered for sale more cheaply than is usual or expected.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>brainstorm </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - To think of ideas quickly and freely, often in a group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>brainstorm </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A great idea that someone thinks of suddenly.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>brainstorm </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>charisma </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A special power that some people have to influence others</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>clarity </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The ability to think about or understand something clearly</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>comprehend </w:t>
@@ -643,50 +643,62 @@
         <w:t> (verb) - To be enough, sufficient, and adequate.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>tactics </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Planned actions or strategies used to achieve a specific goal.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>techie </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is very interested and skilled in technology, especially computers and electronics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>unravel </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To undo twisted, knitted, or woven threads.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>upgrade </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To improve and raise to a higher standard.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>validate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To prove that something is true</w:t>
       </w:r>