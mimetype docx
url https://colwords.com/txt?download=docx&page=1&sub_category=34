--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -7,65 +7,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Pleasure(49 words)</w:t>
-[...13 lines deleted...]
-    <w:p/>
+        <w:t>Good Pleasure(48 words)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ambiance </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - The mood or atmosphere of a place or its surroundings.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>aroma </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A definitive fragrance that is pleasant.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>