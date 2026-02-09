--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Good(41 words)</w:t>
+        <w:t>Good Good(42 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>admirable </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Worthy of respect and approval due to excellence, skill, or virtue.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>astonishing </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Extremely surprising, impressive, and amazing.</w:t>
       </w:r>
     </w:p>
@@ -487,43 +487,55 @@
         <w:t> (adjective) - Referring to someone or something as being the best, the longest, or the most incredible among others.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>upright </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Showing a strict regard for what is morally correct.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>virtue </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A commendable quality or trait that is considered desirable in a person, such as kindness or honesty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>wholesome </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Good for you, and likely to improve your life either physically, morally, or emotionally.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wondrous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Inspiring a feeling of wonder or delight; marvelous; remarkably impressive or extraordinary.</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>