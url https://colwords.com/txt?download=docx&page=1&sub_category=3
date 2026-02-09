--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Angry(38 words)</w:t>
+        <w:t>Bad Angry(36 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>admonish </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To warn or reprimand someone firmly about their behaviour.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>backlash </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A strong, negative, and often angry reaction to something that has happened</w:t>
       </w:r>
     </w:p>
@@ -63,78 +63,54 @@
         </w:rPr>
         <w:t>besmirch </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cause harm or damage to the reputation of someone or something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>brouhaha </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A noisy and overexcited reaction or response to something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>cynical </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>denounce </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To publicly declare something or someone as wrong or evil.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (verb) - To feel intense dislike or contempt for someone or something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>expulsion </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The act of forcing someone to leave a place, especially a school, organization, or country.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fierce </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Exhibiting a violent and frightening attitude</w:t>
       </w:r>