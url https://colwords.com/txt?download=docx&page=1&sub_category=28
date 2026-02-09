--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -7,82 +7,94 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Flexible(52 words)</w:t>
+        <w:t>Good Flexible(53 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>accommodate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To adapt or adjust to meet someone's needs or wishes.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>agile </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Able to move quickly and easily, and be well coordinated.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>apologetic </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Feeling or showing that you are sorry for doing something wrong or for causing a problem</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>blend </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - To combine different elements, styles, or ideas harmoniously.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>camouflage </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Concealment by means of disguise or blending into encironment.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>compatible </w:t>
@@ -210,63 +222,63 @@
       <w:r>
         <w:t> (adjective) - Reasonable or likely to work effectively.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fend </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To look after and provide for oneself, without any help from others</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>flex </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Bend (a limb or joint)</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>flex </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - The action or state of flexing</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (verb) - Bend (a limb or joint)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>grapple </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To seize something and hold it firmly; to wrestle with; to ponder and intensely evaluate a problem; to struggle to deal with</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hybrid </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - a mixture of two different things, resulting in something that has a little bit of both.</w:t>
       </w:r>