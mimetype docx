--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -339,51 +339,51 @@
         </w:rPr>
         <w:t>gamut </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The complete range or scope of something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gargantuan </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Enormous</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Global </w:t>
+        <w:t>global </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Relating to, or involving the entire world.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>glut </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An excessively abundant supply of something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gobs </w:t>
       </w:r>