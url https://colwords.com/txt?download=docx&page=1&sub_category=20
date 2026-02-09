--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,94 +7,106 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Weak(73 words)</w:t>
+        <w:t>Bad Weak(77 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bland </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Without any distinctive characteristics; uninteresting and dull; without flavor, excitement, or strong emotion.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>breakdown </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A mechanical failure, especially of a vehicle or machine. Can also be used in medical contexts.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>brittle </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Hard but liable to break or shatter easily</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>bum </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A lazy or worthless person; a freeloader.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>collapse </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To lose strength or energy, and fall down or cave in suddenly, often due to structural failure or overwhelming force.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>collapse </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - When something breaks and falls down.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>crumble </w:t>
@@ -207,50 +219,62 @@
         </w:rPr>
         <w:t>disintegrate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To weaken, decompose, and break apart as the result of time, impact or decay.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dissipate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cause something to become weaker until it gradually disappears</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>drawback </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A disadvantage or problem that makes something less attractive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>expendable </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Not essential, able to be used up or sacrificed without significant loss, easily replaced or not necessary for long-term use.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fade </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To gradually lose brightness, color, or strength.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>flaccid </w:t>
@@ -507,50 +531,62 @@
         </w:rPr>
         <w:t>moribund </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - In a dying or near-death state — no longer active or effective — stagnant or declining.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pooped </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Extremely tired</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>regress </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To move backward in development or progress, often in a way that suggests deterioration or decline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>rickety </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - (of a structure or piece of equipment) poorly made and likely to collapse</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ruin </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The condition of something that has been destroyed, damaged, or reduced to a state of collapse, often beyond repair.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>rundown </w:t>
@@ -799,50 +835,62 @@
         <w:t> (adjective) - Not firm, stable, or balanced; likely to wobble or fall.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>untenable </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - An idea or position that cannot be defended against criticism</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wane </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To become weaker in strength or influence</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>waver </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To go back and forth between choices or opinions.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wilt </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To become limp through heat, loss of water, or disease, regarding something such as a plant, leaf, or flower.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wispy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Something frail, slight, feathery, or fleeting</w:t>
       </w:r>