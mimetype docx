--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,65 +7,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Unhappy(77 words)</w:t>
-[...13 lines deleted...]
-    <w:p/>
+        <w:t>Bad Unhappy(72 words)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bawl </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cry loudly and uncontrollably.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bereft </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Feeling the loss of being without something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
@@ -235,71 +223,71 @@
       <w:r>
         <w:t> (adjective) - Feeling alone, sad, and unhappy</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fret </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To be constantly worried or anxious.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>frown </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - To lower the edges of one's mouth as an expression of  displeasure or unhappiness</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>frown </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A facial expression that means displeasure or unhappiness</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>frown </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>funk </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A state of depression</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gloom </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An emotional or physical state of darkness and depression</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gloomy </w:t>
@@ -355,71 +343,71 @@
       <w:r>
         <w:t> (verb) - To complain about something that is bothering you</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gripe </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A complaint about something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>groan </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - To make a deep slow sound in response to pain or annoyance</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>groan </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A deep sound made in pain or annoyance</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>groan </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>grouch </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is in a bad mood and complains a lot.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>grouchy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Irritable, bad-tempered, and complaining</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>grumble </w:t>
@@ -547,191 +535,155 @@
       <w:r>
         <w:t> (adjective) - Very unhappy or sad — feeling deep emotional pain or sorrow.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>misery </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A state of great suffering or unhappiness, especially caused by emotional or physical pain.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>moan </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Make a long, low sound expressing physical or mental suffering or displeasure</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>moan </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A long, low sound made by a person expressing physical or mental suffering or pleasure</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>moan </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>moody </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having moods that change often, resulting in often being unhappy or unfriendly</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>mope </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To be dejected and apathetic</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>morose </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Sullen, gloomy, or depressed in mood.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pall </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A feeling of gloom</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>peeve </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>petulant </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Easily annoyed and complaining in a rude way like a child</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pout </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To push one's lips or one's bottom lip forward as an expression of displeasure or annoyance.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>remorse </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Deep regret or guilt for a wrong committed</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>retreat </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>sniveling </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Tending to cry or complain a lot in a way that annoys people</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sob </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Cry noisily, making loud, convulsive gasps</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sob </w:t>
@@ -784,98 +736,86 @@
         </w:rPr>
         <w:t>sulk </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To be silent, morose, and bad-tempered out of annoyance or disappointment</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sullen </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Gloomy or depressing in mood or appearance.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>trauma </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>troubling </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Causing worry, distress, or concern.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wail </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A prolonged high-pitched cry of pain, grief, or anger</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>wail </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Give a cry of pain, grief, or anger</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>wail </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>wallow </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To indulge in something in an unrestrained way</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>weep </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To shed tears</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>whimper </w:t>
@@ -919,44 +859,44 @@
       <w:r>
         <w:t> (noun) - A short sharp cry, especially of pain or alarm</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>yelp </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Utter a short sharp cry of pain or alarm</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>yowl </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Make a loud wailing cry</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>yowl </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A loud wailing cry, especially one of pain or distress</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (verb) - Make a loud wailing cry</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>