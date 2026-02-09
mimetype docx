--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Unfriendly(77 words)</w:t>
+        <w:t>Bad Unfriendly(76 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>alienate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make somebody feel that they are a stranger and they do not belong</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>aloof </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Not friendly or forthcoming; cool and distant</w:t>
       </w:r>
     </w:p>
@@ -411,63 +411,51 @@
         </w:rPr>
         <w:t>ingrate </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who shows no gratitude, who does not show proper appreciation or thanks for something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ingratitude </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A lack of proper appreciation or thanks for something that was given or done.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>ingratitude </w:t>
-[...11 lines deleted...]
-        <w:t>Innuendo </w:t>
+        <w:t>innuendo </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A remark that suggests something negative, but does not say it directly</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>intrusive </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Interfering with someone's privacy or personal space.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>irk </w:t>
       </w:r>
@@ -666,63 +654,63 @@
       <w:r>
         <w:t> (adjective) - Affectedly and irritatingly grand, solemn, or self-important</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pry </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To inquire too closely into a person's private affairs</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>quarrel </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A verbal exchange of hostility, often between individuals or groups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>quarrel </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - To dispute or have a conflict with someone, often over a specific issue or topic.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (noun) - A verbal exchange of hostility, often between individuals or groups.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>quibble </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To argue or raise objections about a trivial matter</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>quip </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Make a witty remark</w:t>
       </w:r>