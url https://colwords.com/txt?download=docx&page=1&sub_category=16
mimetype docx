--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Strange(77 words)</w:t>
+        <w:t>Bad Strange(78 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>absurd </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - (of an idea or suggestion) wildly unreasonable, illogical, or inappropriate</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>alien </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Someone who is strange, different, foreign, and not from 'here'.</w:t>
       </w:r>
     </w:p>
@@ -702,50 +702,62 @@
         <w:t>phantom </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An appearance or illusion without material substance
 </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>preppy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Of or typical of a student or graduate of an expensive prep school, especially with reference to their style of dress</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>provincial </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Having a narrow or limited perspective, often associated with rural or less cosmopolitan viewpoints.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>punk </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is unlikely to amount to anything, and tends to annoy others</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>putz </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A stupid or worthless person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>quirk </w:t>