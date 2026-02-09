--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Small(78 words)</w:t>
+        <w:t>Bad Small(76 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>anecdote </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A short, often funny story, especially about something someone has done</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blip </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An unexpected, minor, and typically temporary deviation from a general trend</w:t>
       </w:r>
     </w:p>
@@ -99,50 +99,62 @@
         </w:rPr>
         <w:t>dab </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A small amount of something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dearth </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A scarcity or lack of something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>diminish </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To make or become less.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>dinky </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Small; insignificant</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ditty </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A short simple song</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dollop </w:t>
@@ -198,86 +210,74 @@
       <w:r>
         <w:t> (noun) - A short part taken from a speech, book, film</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gig </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A single professional engagement, usually of short duration, as of jazz or rock musicians</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>glimpse </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - See or perceive briefly or partially</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>glimpse </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A momentary or partial view</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>glimpse </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>infinitesimal </w:t>
       </w:r>
       <w:r>
-        <w:t> (adjective) - Extremely small</w:t>
-[...10 lines deleted...]
-      <w:r>
         <w:t> (adjective) - Extremely tiny, almost too small to be measured.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>inkling </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A slight knowledge or suspicion; a hint</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>insignificant </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Too small or unimportant to be worth consideration.</w:t>
@@ -390,62 +390,50 @@
       <w:r>
         <w:t> (noun) - A small piece or amount of food; a mouthful</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>munchkin </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A child or short person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>negligible </w:t>
       </w:r>
       <w:r>
-        <w:t> (adjective) - A very small amount of something</w:t>
-[...10 lines deleted...]
-      <w:r>
         <w:t> (adjective) - So small or unimportant that it can be ignored or doesn't have a noticeable effect; insignificant in amount, size, or impact — too minor to be worth considering.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>niche </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A small part of a larger whole that is particularly appropriate for the situation </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>niggling </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Bothersome or persistent especially in a petty or tiresome way</w:t>
@@ -523,62 +511,50 @@
         <w:t> (adjective) - Pathetically trivial; trifling</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pipsqueak </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person considered to be insignificant, especially because they are small or young</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pittance </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A very small amount of money, less than what one wanted and expected.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (adjective) - Having a narrow or limited perspective, often associated with rural or less cosmopolitan viewpoints.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>puny </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Small and weak</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>remark </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make a comment, saying something casually.</w:t>
       </w:r>