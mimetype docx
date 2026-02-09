--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,94 +7,82 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Mistake(49 words)</w:t>
+        <w:t>Bad Mistake(45 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>aberration </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A departure from what is normal, usual, or expected.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>backfire </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To have the opposite effect of what was intended, usually producing a negative result.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>backfire </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>blooper </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An embarrassing error</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blunder </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A stupid or careless mistake</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blurt </w:t>
@@ -127,74 +115,50 @@
         <w:t> (noun) - Work or activity that is wasteful or pointless but gives the appearance of having value</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>botch </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To carry out a task badly or carelessly</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bungle </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To carry out a task clumsily or incompetently, leading to failure or an unsatisfactory outcome</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t> (adjective) - Deserving to be blamed or considered responsible and guilty for something bad that happened.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dud </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A thing that fails to work properly or is otherwise unsatisfactory or worthless</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>erroneous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Misleading or false in belief, statement, or action.</w:t>
       </w:r>
@@ -356,62 +320,50 @@
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gaffe </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An unintentional act or remark causing embarrassment to its originator; a blunder</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>glitch </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A sudden, unexpected, and usually temporary malfunction of equipment such as a computer
 </w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (adjective) - Causing someone to feel less important or proud, often by emphasizing their limitations.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>inadvertent </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Not deliberately planned or intended.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>indiscreet </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Saying something that should be private, showing a lack of judgment,</w:t>
       </w:r>