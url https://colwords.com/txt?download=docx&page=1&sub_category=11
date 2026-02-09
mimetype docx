--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,86 +7,86 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Disorganized(68 words)</w:t>
+        <w:t>Bad Disorganized(65 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>absentminded </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Forgetful or inattentive, often because of being lost in thought.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>adrift </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking direction or purpose; aimless.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>blizzard </w:t>
-[...2 lines deleted...]
-        <w:t> (noun) -  a severe snow storm with strong winds</w:t>
+        <w:t>awash </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Having an amount of something that is larger than necessary or wanted</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>chaos </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A state of utter disorder and confusion</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>circuitous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Longer than the most direct way; roundabout.</w:t>
       </w:r>
@@ -111,50 +111,62 @@
         </w:rPr>
         <w:t>crude </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking sophistication, polish, or tact; having rough or rude manners.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>cumbersome </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Difficult to use because it is complex or heavy </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>degenerate </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To decline or deteriorate physically, mentally, or morally</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>dicey </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Risky or dangerous; uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>diffuse </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Scattered and widely spread out</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dilettante </w:t>
@@ -342,71 +354,71 @@
       <w:r>
         <w:t> (noun) - A confused mixture</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>morass </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An area of muddy ground - or a complicated or confused situation.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>muddle </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - An untidy and disorganized state or collection</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>muddle </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Bring into a disordered or confusing state</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>muddle </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>muss </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make someone's hair or clothes untidy or messy</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ponderous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Slow and heavy in movement or thought; lacking lightness or grace; dull or overly serious.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>rabble </w:t>
@@ -447,62 +459,50 @@
         </w:rPr>
         <w:t>rigmarole </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A lengthy and complicated procedure that is mostly a waste of time (sometimes pronounced rigamarole)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>roundabout </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Describing a way of doing something that is not straightforward, often involving detours, twists, or delays.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>rubble </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>rummage </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To search unsystematically and untidily through a mass or receptacle</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>rumpled </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking in order, neatness, and often cleanliness</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scatter </w:t>
@@ -522,83 +522,71 @@
       <w:r>
         <w:t> (adjective) - (of a person or animal) thin and bony</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scramble </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To mix together in a confused way</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scribble </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Write or draw (something) carelessly or hurriedly</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>scribble </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A piece of writing or a picture produced carelessly or hurriedly</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>scribble </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>shambles </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A state of total disorder</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>shoddy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Badly made or done</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>shuffle </w:t>
@@ -642,71 +630,71 @@
       <w:r>
         <w:t> (adjective) - Careless and unsystematic; excessively casual</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>smithereens </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Small pieces</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sprawl </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - An ungainly or carelessly relaxed position in which one's arms and legs are spread out</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>sprawl </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Sit, lie, or fall with one's arms and legs spread out in an ungainly or awkward way</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>sprawl </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>steeped </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Deeply involved or immersed in something, especially a tradition, culture, or belief.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>strewn </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Scattered or spread untidily over a surface or area.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>tangle </w:t>
@@ -759,95 +747,71 @@
         </w:rPr>
         <w:t>tumult </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A state of confusion, disorder, or disturbance</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>turbulent </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Characterized by conflict, disorder, or confusion; not controlled or calm</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>unravel </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>unrest </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A state of public dissatisfaction, disturbance, or turmoil, often involving protests or conflict.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>verbose </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Containing excessive or unnecessary language</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wanton </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Unpredictable, unprovoked, and destructive action </w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (adjective) - Unsteady, dizzy, or dazed</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wreckage </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - The remains of something that has been badly damaged or destroyed.</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>