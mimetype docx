--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -7,94 +7,94 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Dishonest(73 words)</w:t>
+        <w:t>Bad Dishonest(72 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>alibi </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A claim of innocens due to evidence that someone was somewhere else when a crime took place.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bluff </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Try to deceive someone as to one's abilities or intentions</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>bluff </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - An attempt to deceive someone into believing that one can or will do something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>bluff </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>bogus </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Not real or genuine - fake or false (used in a disapproving manner when deception has been attempted)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>charade </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An act or event that is clearly false</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>charlatan </w:t>
@@ -183,62 +183,50 @@
         </w:rPr>
         <w:t>cover-up </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The act of concealing the truth or facts, especially by a person in authority.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>culprit </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is responsible for a crime or other misdeed</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>cunning </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>debase </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To reduce the quality or value of something</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>deceitful </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Intentionally misleading or dishonest.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>deceive </w:t>
@@ -367,83 +355,83 @@
         <w:t> (adjective) - To avoid giving clear direct answers to questions.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>exploit </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To take unfair advantage of</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>façade </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A deceptive outward appearance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>fib </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - Tell an unimportant lie</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fib </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A lie, typically an unimportant one
 </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>fib </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>fictitious </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Imaginary, not real, made up and not true.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fink </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Inform on to the authorities</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fink </w:t>
@@ -716,63 +704,63 @@
       <w:r>
         <w:t> (noun) - Behaving in a way that causes damage.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ruse </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A ploy or stratagem used to manipulate a situation in one's favor, often by hiding one's true intentions or motives.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scheme </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - Make plans, especially in a devious way or with intent to do something illegal or wrong</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>scheme </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A large-scale systematic plan or arrangement for attaining some particular object or putting a particular idea into effect, often through deceptive means</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (verb) - Make plans, especially in a devious way or with intent to do something illegal or wrong</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scoundrel </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Someone who is dishonest.  A villain who exploits others for his/ her own benefit.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sham </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A thing that is not what it is purported to be</w:t>
       </w:r>